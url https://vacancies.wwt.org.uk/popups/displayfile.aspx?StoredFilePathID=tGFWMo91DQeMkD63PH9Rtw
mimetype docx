--- v0 (2026-01-21)
+++ v1 (2026-03-29)
@@ -143,59 +143,58 @@
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="114343"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">VOLUNTEER OPPORTUNITY: 	</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0592BD"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">	</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Term Time Toddler Activities Assistant</w:t>
+        <w:t xml:space="preserve">Canoe Safari Volunteer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1511,51 +1510,50 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
         <w:b w:val="off"/>
         <w:i w:val="off"/>
         <w:strike w:val="off"/>
         <w:color w:val="auto"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:tx24="http://schemas.textcontrol.com/tx/2400" xmlns:tx25="http://schemas.textcontrol.com/tx/2500" mc:Ignorable="tx24 tx25">
-  <w:bordersDoNotSurroundHeader/>
   <w:defaultTabStop w:val="1134"/>
   <w:compat>
     <w:noExtraLineSpacing/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <tx24:txVer tx24:val="32.0.434.500"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:styleId="[Normal]" w:customStyle="1">
     <w:name w:val="[Normal]"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="[Normal]"/>
     <w:qFormat/>
@@ -1608,72 +1606,72 @@
       <w:strike w:val="off"/>
       <w:color w:val="auto"/>
       <w:spacing w:val="0"/>
       <w:w w:val="100"/>
       <w:position w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       <w:vertAlign w:val="baseline"/>
       <w:rtl w:val="off"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="ListParagraph"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...7 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BalloonText"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="4D91FF"/>
+      <w:u w:val="single"/>
+      <w:rtl w:val="off"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Balloon Text Char" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:rtl w:val="off"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
       <w:rtl w:val="off"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="[Normal]"/>
     <w:next w:val="NoSpacing"/>